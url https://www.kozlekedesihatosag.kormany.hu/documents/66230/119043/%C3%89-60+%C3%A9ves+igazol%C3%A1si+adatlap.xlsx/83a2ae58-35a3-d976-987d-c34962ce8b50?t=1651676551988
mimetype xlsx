--- v0 (2025-10-12)
+++ v1 (2026-02-23)
@@ -4,86 +4,83 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\SMF\Vasut\Kozos\NKH\Honlap\ÉKM új\4. Éves igazolási kötelezettség\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\SMF\Vasut\Kozos\NKH\Honlap\ÉKM új\2026 Adatlap változások\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="8055"/>
   </bookViews>
   <sheets>
     <sheet name="Munka1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="26">
   <si>
     <t>VASÚTI IGAZGATÁSI SZERV</t>
   </si>
   <si>
     <t xml:space="preserve">É-60 ADATLAP </t>
   </si>
   <si>
     <t xml:space="preserve">Más EGT-államban kiadott működési engedéllyel rendelkező Engedélyes neve, székhelye: </t>
   </si>
   <si>
     <t xml:space="preserve">Más EGT-államban kiadott működési engedély száma, kelte: </t>
   </si>
   <si>
-    <t>Magyarországi tevékenység tudomásulvételére vonatkozó határozat száma, kelte:</t>
-[...1 lines deleted...]
-  <si>
     <t>Vezető tisztségviselő neve, elérhetősége:</t>
   </si>
   <si>
     <t>Kapcsolattartó neve, telefonszáma és e-mail címe:</t>
   </si>
   <si>
     <t>Kézbesítési megbízott neve, címe és telefonszáma:</t>
   </si>
   <si>
     <t>Felügyeleti díj összege és átutalás dátuma:</t>
   </si>
   <si>
     <t>Más EGT-államban kiadott működési engedély alapján végzett magyarországi  vasúti tevékenység feltételei</t>
   </si>
   <si>
     <t>ADAT TÍPUSA</t>
   </si>
   <si>
     <t>Következett-e be változás a vasúti igazgatási szerv által utoljára jóváhagyott állapot óta?</t>
   </si>
   <si>
     <t>Adatváltozás (igen válasz esetén kitöltendő)</t>
   </si>
   <si>
     <t xml:space="preserve">1.) Kárfedezeti képesség biztosítására szolgáló vagyoni biztosíték(ok) </t>
@@ -101,50 +98,53 @@
     <t>A vasúti társaságok kötelező baleseti kárfedezeti képességének biztosításáról szóló 271/2007. (X.19.) Kormányrendelet körében benyújtandóak:</t>
   </si>
   <si>
     <t>1.) Érvényes biztosítási kötvény vagy garanciaszerződés (idegen nyelvű irat esetén annak magyar nyelvű fordítása)</t>
   </si>
   <si>
     <t>□</t>
   </si>
   <si>
     <t>2.) Kézbesítési megbízott meghatalmazása</t>
   </si>
   <si>
     <t>Kelt:</t>
   </si>
   <si>
     <t>Kijelentem, hogy a fenti adatok a valóságnak megfelelnek.</t>
   </si>
   <si>
     <t>Név, beosztás</t>
   </si>
   <si>
     <t>Aláírás</t>
   </si>
   <si>
     <t>Cégnév (bélyegző)</t>
+  </si>
+  <si>
+    <t>Magyarországi tevékenység tudomásulvételére vonatkozó döntés száma, kelte:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -542,107 +542,191 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="79">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -655,134 +739,50 @@
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...82 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1083,666 +1083,666 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I47"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7:I8"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A11" sqref="A11:I12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="26" t="s">
+      <c r="A1" s="57" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="27"/>
-[...6 lines deleted...]
-      <c r="I1" s="28"/>
+      <c r="B1" s="58"/>
+      <c r="C1" s="58"/>
+      <c r="D1" s="58"/>
+      <c r="E1" s="58"/>
+      <c r="F1" s="58"/>
+      <c r="G1" s="58"/>
+      <c r="H1" s="58"/>
+      <c r="I1" s="59"/>
     </row>
     <row r="2" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="29"/>
-[...7 lines deleted...]
-      <c r="I2" s="31"/>
+      <c r="A2" s="41"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="29"/>
-[...7 lines deleted...]
-      <c r="I3" s="31"/>
+      <c r="A3" s="41"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
+      <c r="E3" s="42"/>
+      <c r="F3" s="42"/>
+      <c r="G3" s="42"/>
+      <c r="H3" s="42"/>
+      <c r="I3" s="43"/>
     </row>
     <row r="4" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="29"/>
-[...7 lines deleted...]
-      <c r="I4" s="31"/>
+      <c r="A4" s="41"/>
+      <c r="B4" s="42"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="42"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="43"/>
     </row>
     <row r="5" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="29"/>
-[...7 lines deleted...]
-      <c r="I5" s="31"/>
+      <c r="A5" s="41"/>
+      <c r="B5" s="42"/>
+      <c r="C5" s="42"/>
+      <c r="D5" s="42"/>
+      <c r="E5" s="42"/>
+      <c r="F5" s="42"/>
+      <c r="G5" s="42"/>
+      <c r="H5" s="42"/>
+      <c r="I5" s="43"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="32" t="s">
+      <c r="A6" s="60" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="33"/>
-[...6 lines deleted...]
-      <c r="I6" s="34"/>
+      <c r="B6" s="61"/>
+      <c r="C6" s="61"/>
+      <c r="D6" s="61"/>
+      <c r="E6" s="61"/>
+      <c r="F6" s="61"/>
+      <c r="G6" s="61"/>
+      <c r="H6" s="61"/>
+      <c r="I6" s="62"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="35" t="s">
+      <c r="A7" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="36"/>
-[...6 lines deleted...]
-      <c r="I7" s="37"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
+      <c r="E7" s="64"/>
+      <c r="F7" s="64"/>
+      <c r="G7" s="64"/>
+      <c r="H7" s="64"/>
+      <c r="I7" s="65"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="38"/>
-[...7 lines deleted...]
-      <c r="I8" s="40"/>
+      <c r="A8" s="66"/>
+      <c r="B8" s="67"/>
+      <c r="C8" s="67"/>
+      <c r="D8" s="67"/>
+      <c r="E8" s="67"/>
+      <c r="F8" s="67"/>
+      <c r="G8" s="67"/>
+      <c r="H8" s="67"/>
+      <c r="I8" s="68"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="41" t="s">
+      <c r="A9" s="69" t="s">
         <v>3</v>
       </c>
-      <c r="B9" s="42"/>
-[...6 lines deleted...]
-      <c r="I9" s="43"/>
+      <c r="B9" s="70"/>
+      <c r="C9" s="70"/>
+      <c r="D9" s="70"/>
+      <c r="E9" s="70"/>
+      <c r="F9" s="70"/>
+      <c r="G9" s="70"/>
+      <c r="H9" s="70"/>
+      <c r="I9" s="71"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="41"/>
-[...7 lines deleted...]
-      <c r="I10" s="43"/>
+      <c r="A10" s="69"/>
+      <c r="B10" s="70"/>
+      <c r="C10" s="70"/>
+      <c r="D10" s="70"/>
+      <c r="E10" s="70"/>
+      <c r="F10" s="70"/>
+      <c r="G10" s="70"/>
+      <c r="H10" s="70"/>
+      <c r="I10" s="71"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="20" t="s">
+      <c r="A11" s="51" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="52"/>
+      <c r="C11" s="52"/>
+      <c r="D11" s="52"/>
+      <c r="E11" s="52"/>
+      <c r="F11" s="52"/>
+      <c r="G11" s="52"/>
+      <c r="H11" s="52"/>
+      <c r="I11" s="53"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="54"/>
+      <c r="B12" s="55"/>
+      <c r="C12" s="55"/>
+      <c r="D12" s="55"/>
+      <c r="E12" s="55"/>
+      <c r="F12" s="55"/>
+      <c r="G12" s="55"/>
+      <c r="H12" s="55"/>
+      <c r="I12" s="56"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="51" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="21"/>
-[...20 lines deleted...]
-      <c r="A13" s="20" t="s">
+      <c r="B13" s="52"/>
+      <c r="C13" s="52"/>
+      <c r="D13" s="52"/>
+      <c r="E13" s="52"/>
+      <c r="F13" s="52"/>
+      <c r="G13" s="52"/>
+      <c r="H13" s="52"/>
+      <c r="I13" s="53"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="54"/>
+      <c r="B14" s="55"/>
+      <c r="C14" s="55"/>
+      <c r="D14" s="55"/>
+      <c r="E14" s="55"/>
+      <c r="F14" s="55"/>
+      <c r="G14" s="55"/>
+      <c r="H14" s="55"/>
+      <c r="I14" s="56"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="51" t="s">
         <v>5</v>
       </c>
-      <c r="B13" s="21"/>
-[...20 lines deleted...]
-      <c r="A15" s="20" t="s">
+      <c r="B15" s="52"/>
+      <c r="C15" s="52"/>
+      <c r="D15" s="52"/>
+      <c r="E15" s="52"/>
+      <c r="F15" s="52"/>
+      <c r="G15" s="52"/>
+      <c r="H15" s="52"/>
+      <c r="I15" s="53"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="54"/>
+      <c r="B16" s="55"/>
+      <c r="C16" s="55"/>
+      <c r="D16" s="55"/>
+      <c r="E16" s="55"/>
+      <c r="F16" s="55"/>
+      <c r="G16" s="55"/>
+      <c r="H16" s="55"/>
+      <c r="I16" s="56"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="51" t="s">
         <v>6</v>
       </c>
-      <c r="B15" s="21"/>
-[...20 lines deleted...]
-      <c r="A17" s="20" t="s">
+      <c r="B17" s="52"/>
+      <c r="C17" s="52"/>
+      <c r="D17" s="52"/>
+      <c r="E17" s="52"/>
+      <c r="F17" s="52"/>
+      <c r="G17" s="52"/>
+      <c r="H17" s="52"/>
+      <c r="I17" s="53"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="54"/>
+      <c r="B18" s="55"/>
+      <c r="C18" s="55"/>
+      <c r="D18" s="55"/>
+      <c r="E18" s="55"/>
+      <c r="F18" s="55"/>
+      <c r="G18" s="55"/>
+      <c r="H18" s="55"/>
+      <c r="I18" s="56"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="69" t="s">
         <v>7</v>
       </c>
-      <c r="B17" s="21"/>
-[...20 lines deleted...]
-      <c r="A19" s="41" t="s">
+      <c r="B19" s="70"/>
+      <c r="C19" s="70"/>
+      <c r="D19" s="70"/>
+      <c r="E19" s="70"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="70"/>
+      <c r="H19" s="70"/>
+      <c r="I19" s="71"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="69"/>
+      <c r="B20" s="70"/>
+      <c r="C20" s="70"/>
+      <c r="D20" s="70"/>
+      <c r="E20" s="70"/>
+      <c r="F20" s="70"/>
+      <c r="G20" s="70"/>
+      <c r="H20" s="70"/>
+      <c r="I20" s="71"/>
+    </row>
+    <row r="21" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="72" t="s">
         <v>8</v>
       </c>
-      <c r="B19" s="42"/>
-[...20 lines deleted...]
-      <c r="A21" s="44" t="s">
+      <c r="B21" s="73"/>
+      <c r="C21" s="73"/>
+      <c r="D21" s="73"/>
+      <c r="E21" s="73"/>
+      <c r="F21" s="73"/>
+      <c r="G21" s="73"/>
+      <c r="H21" s="73"/>
+      <c r="I21" s="74"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="75" t="s">
         <v>9</v>
       </c>
-      <c r="B21" s="45"/>
-[...9 lines deleted...]
-      <c r="A22" s="47" t="s">
+      <c r="B22" s="76"/>
+      <c r="C22" s="76"/>
+      <c r="D22" s="77" t="s">
         <v>10</v>
       </c>
-      <c r="B22" s="48"/>
-[...1 lines deleted...]
-      <c r="D22" s="49" t="s">
+      <c r="E22" s="77"/>
+      <c r="F22" s="77"/>
+      <c r="G22" s="77" t="s">
         <v>11</v>
       </c>
-      <c r="E22" s="49"/>
-[...1 lines deleted...]
-      <c r="G22" s="49" t="s">
+      <c r="H22" s="77"/>
+      <c r="I22" s="78"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="75"/>
+      <c r="B23" s="76"/>
+      <c r="C23" s="76"/>
+      <c r="D23" s="77"/>
+      <c r="E23" s="77"/>
+      <c r="F23" s="77"/>
+      <c r="G23" s="77"/>
+      <c r="H23" s="77"/>
+      <c r="I23" s="78"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="75"/>
+      <c r="B24" s="76"/>
+      <c r="C24" s="76"/>
+      <c r="D24" s="77"/>
+      <c r="E24" s="77"/>
+      <c r="F24" s="77"/>
+      <c r="G24" s="77"/>
+      <c r="H24" s="77"/>
+      <c r="I24" s="78"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="H22" s="49"/>
-[...25 lines deleted...]
-      <c r="A25" s="59" t="s">
+      <c r="B25" s="37"/>
+      <c r="C25" s="37"/>
+      <c r="D25" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="B25" s="60"/>
-[...1 lines deleted...]
-      <c r="D25" s="61" t="s">
+      <c r="E25" s="38"/>
+      <c r="F25" s="38"/>
+      <c r="G25" s="39"/>
+      <c r="H25" s="39"/>
+      <c r="I25" s="40"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="36"/>
+      <c r="B26" s="37"/>
+      <c r="C26" s="37"/>
+      <c r="D26" s="38"/>
+      <c r="E26" s="38"/>
+      <c r="F26" s="38"/>
+      <c r="G26" s="39"/>
+      <c r="H26" s="39"/>
+      <c r="I26" s="40"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="E25" s="61"/>
-[...17 lines deleted...]
-      <c r="A27" s="59" t="s">
+      <c r="B27" s="37"/>
+      <c r="C27" s="37"/>
+      <c r="D27" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="38"/>
+      <c r="F27" s="38"/>
+      <c r="G27" s="39"/>
+      <c r="H27" s="39"/>
+      <c r="I27" s="40"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="36"/>
+      <c r="B28" s="37"/>
+      <c r="C28" s="37"/>
+      <c r="D28" s="38"/>
+      <c r="E28" s="38"/>
+      <c r="F28" s="38"/>
+      <c r="G28" s="39"/>
+      <c r="H28" s="39"/>
+      <c r="I28" s="40"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="41"/>
+      <c r="B29" s="42"/>
+      <c r="C29" s="42"/>
+      <c r="D29" s="42"/>
+      <c r="E29" s="42"/>
+      <c r="F29" s="42"/>
+      <c r="G29" s="42"/>
+      <c r="H29" s="42"/>
+      <c r="I29" s="43"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="44" t="s">
         <v>15</v>
       </c>
-      <c r="B27" s="60"/>
-[...33 lines deleted...]
-      <c r="A30" s="64" t="s">
+      <c r="B30" s="45"/>
+      <c r="C30" s="45"/>
+      <c r="D30" s="45"/>
+      <c r="E30" s="45"/>
+      <c r="F30" s="45"/>
+      <c r="G30" s="45"/>
+      <c r="H30" s="45"/>
+      <c r="I30" s="46"/>
+    </row>
+    <row r="31" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="B30" s="65"/>
-[...9 lines deleted...]
-      <c r="A31" s="67" t="s">
+      <c r="B31" s="48"/>
+      <c r="C31" s="48"/>
+      <c r="D31" s="48"/>
+      <c r="E31" s="48"/>
+      <c r="F31" s="48"/>
+      <c r="G31" s="48"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="49"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="28" t="s">
         <v>17</v>
       </c>
-      <c r="B31" s="68"/>
-[...9 lines deleted...]
-      <c r="A32" s="51" t="s">
+      <c r="B32" s="29"/>
+      <c r="C32" s="29"/>
+      <c r="D32" s="29"/>
+      <c r="E32" s="29"/>
+      <c r="F32" s="29"/>
+      <c r="G32" s="30"/>
+      <c r="H32" s="34" t="s">
         <v>18</v>
       </c>
-      <c r="B32" s="52"/>
-[...5 lines deleted...]
-      <c r="H32" s="57" t="s">
+      <c r="I32" s="35"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="31"/>
+      <c r="B33" s="32"/>
+      <c r="C33" s="32"/>
+      <c r="D33" s="32"/>
+      <c r="E33" s="32"/>
+      <c r="F33" s="32"/>
+      <c r="G33" s="33"/>
+      <c r="H33" s="34"/>
+      <c r="I33" s="35"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="28" t="s">
         <v>19</v>
       </c>
-      <c r="I32" s="58"/>
-[...25 lines deleted...]
-      <c r="I34" s="58"/>
+      <c r="B34" s="29"/>
+      <c r="C34" s="29"/>
+      <c r="D34" s="29"/>
+      <c r="E34" s="29"/>
+      <c r="F34" s="29"/>
+      <c r="G34" s="30"/>
+      <c r="H34" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="I34" s="35"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="54"/>
-[...7 lines deleted...]
-      <c r="I35" s="58"/>
+      <c r="A35" s="31"/>
+      <c r="B35" s="32"/>
+      <c r="C35" s="32"/>
+      <c r="D35" s="32"/>
+      <c r="E35" s="32"/>
+      <c r="F35" s="32"/>
+      <c r="G35" s="33"/>
+      <c r="H35" s="34"/>
+      <c r="I35" s="35"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="71"/>
-[...7 lines deleted...]
-      <c r="I36" s="74"/>
+      <c r="A36" s="14"/>
+      <c r="B36" s="15"/>
+      <c r="C36" s="15"/>
+      <c r="D36" s="15"/>
+      <c r="E36" s="16"/>
+      <c r="F36" s="16"/>
+      <c r="G36" s="16"/>
+      <c r="H36" s="16"/>
+      <c r="I36" s="17"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      <c r="D37" s="76"/>
+        <v>20</v>
+      </c>
+      <c r="B37" s="18"/>
+      <c r="C37" s="18"/>
+      <c r="D37" s="19"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="3"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="4"/>
       <c r="B38" s="5"/>
       <c r="C38" s="5"/>
       <c r="D38" s="5"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="3"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="77" t="s">
-[...4 lines deleted...]
-      <c r="D39" s="78"/>
+      <c r="A39" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="B39" s="21"/>
+      <c r="C39" s="21"/>
+      <c r="D39" s="21"/>
       <c r="E39" s="2"/>
-      <c r="F39" s="14"/>
-[...1 lines deleted...]
-      <c r="H39" s="16"/>
+      <c r="F39" s="22"/>
+      <c r="G39" s="23"/>
+      <c r="H39" s="24"/>
       <c r="I39" s="3"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="77"/>
-[...2 lines deleted...]
-      <c r="D40" s="78"/>
+      <c r="A40" s="20"/>
+      <c r="B40" s="21"/>
+      <c r="C40" s="21"/>
+      <c r="D40" s="21"/>
       <c r="E40" s="2"/>
-      <c r="F40" s="17"/>
-[...1 lines deleted...]
-      <c r="H40" s="19"/>
+      <c r="F40" s="25"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="27"/>
       <c r="I40" s="3"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="6"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
-      <c r="F41" s="70" t="s">
-[...3 lines deleted...]
-      <c r="H41" s="70"/>
+      <c r="F41" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
       <c r="I41" s="3"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="6"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
-      <c r="F42" s="14"/>
-[...1 lines deleted...]
-      <c r="H42" s="16"/>
+      <c r="F42" s="22"/>
+      <c r="G42" s="23"/>
+      <c r="H42" s="24"/>
       <c r="I42" s="3"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="6"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
-      <c r="F43" s="17"/>
-[...1 lines deleted...]
-      <c r="H43" s="19"/>
+      <c r="F43" s="25"/>
+      <c r="G43" s="26"/>
+      <c r="H43" s="27"/>
       <c r="I43" s="3"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="6"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
-      <c r="F44" s="70" t="s">
-[...3 lines deleted...]
-      <c r="H44" s="70"/>
+      <c r="F44" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G44" s="13"/>
+      <c r="H44" s="13"/>
       <c r="I44" s="3"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="6"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
-      <c r="F45" s="14"/>
-[...1 lines deleted...]
-      <c r="H45" s="16"/>
+      <c r="F45" s="22"/>
+      <c r="G45" s="23"/>
+      <c r="H45" s="24"/>
       <c r="I45" s="3"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="8"/>
       <c r="B46" s="7"/>
       <c r="C46" s="7"/>
       <c r="D46" s="7"/>
       <c r="E46" s="7"/>
-      <c r="F46" s="17"/>
-[...1 lines deleted...]
-      <c r="H46" s="19"/>
+      <c r="F46" s="25"/>
+      <c r="G46" s="26"/>
+      <c r="H46" s="27"/>
       <c r="I46" s="9"/>
     </row>
     <row r="47" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="10"/>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
-      <c r="F47" s="13" t="s">
-[...3 lines deleted...]
-      <c r="H47" s="13"/>
+      <c r="F47" s="50" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" s="50"/>
+      <c r="H47" s="50"/>
       <c r="I47" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="35">
-    <mergeCell ref="F44:H44"/>
-[...17 lines deleted...]
-    <mergeCell ref="H32:I33"/>
     <mergeCell ref="F47:H47"/>
     <mergeCell ref="F42:H43"/>
     <mergeCell ref="F45:H46"/>
     <mergeCell ref="A13:I14"/>
     <mergeCell ref="A1:I5"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="A7:I8"/>
     <mergeCell ref="A9:I10"/>
     <mergeCell ref="A11:I12"/>
     <mergeCell ref="A15:I16"/>
     <mergeCell ref="A17:I18"/>
     <mergeCell ref="A19:I20"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A22:C24"/>
     <mergeCell ref="D22:F24"/>
     <mergeCell ref="G22:I24"/>
+    <mergeCell ref="A34:G35"/>
+    <mergeCell ref="H34:I35"/>
+    <mergeCell ref="A25:C26"/>
+    <mergeCell ref="D25:F26"/>
+    <mergeCell ref="G25:I26"/>
+    <mergeCell ref="A27:C28"/>
+    <mergeCell ref="D27:F28"/>
+    <mergeCell ref="G27:I28"/>
+    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A30:I30"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A32:G33"/>
+    <mergeCell ref="H32:I33"/>
+    <mergeCell ref="F44:H44"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="A39:D40"/>
+    <mergeCell ref="F41:H41"/>
+    <mergeCell ref="F39:H40"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Munka1</vt:lpstr>